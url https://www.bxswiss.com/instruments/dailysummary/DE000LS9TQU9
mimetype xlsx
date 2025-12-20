--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R457c077d424c4500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0531c3c14ffb4062" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2701bf06399241fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480e56e953f74f2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d5eebe0ecaa425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2701bf06399241fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde04a2470a404d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480e56e953f74f2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>38,107</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>