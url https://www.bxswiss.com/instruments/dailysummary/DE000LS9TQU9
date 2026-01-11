--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0531c3c14ffb4062" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262c77456b384d0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480e56e953f74f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf063837ae0a045c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde04a2470a404d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480e56e953f74f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4af7c75b1d4a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf063837ae0a045c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>