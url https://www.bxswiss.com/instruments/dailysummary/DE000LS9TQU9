--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262c77456b384d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad583fe580ac4851" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf063837ae0a045c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8bcf507d68044de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4af7c75b1d4a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf063837ae0a045c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec53a477e2e5451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8bcf507d68044de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>36,671</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>