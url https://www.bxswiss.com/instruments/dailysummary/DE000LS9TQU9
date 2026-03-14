--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad583fe580ac4851" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a35b2e42890498c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8bcf507d68044de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b80d3d606124eb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec53a477e2e5451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8bcf507d68044de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78ebe1bf3e694935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b80d3d606124eb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cannabis International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,248</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>31,381</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,424</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>32,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>