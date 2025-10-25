--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa37fef9a8949a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43867835a27b40bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d7d70d59f14bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b641c05a11b41f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3f58873087a4149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d7d70d59f14bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red068b2f6e034c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b641c05a11b41f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,093</x:t>
-[...556 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>47,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,510</x:t>
-[...9 lines deleted...]
-          <x:t>48,609</x:t>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>