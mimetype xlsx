--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43867835a27b40bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c2706e37f94bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b641c05a11b41f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11a88f67f604928"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red068b2f6e034c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b641c05a11b41f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2146343af8f343f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11a88f67f604928" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,510</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>48,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>