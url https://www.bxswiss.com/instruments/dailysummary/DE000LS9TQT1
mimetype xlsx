--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c2706e37f94bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R028a85bd0c17405b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11a88f67f604928"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R930c7ed32de84b33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2146343af8f343f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11a88f67f604928" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30168f3f08e844c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R930c7ed32de84b33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>44,615</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>