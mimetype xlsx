--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R028a85bd0c17405b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e9c1a6d153446f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R930c7ed32de84b33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19598eb456144531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30168f3f08e844c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R930c7ed32de84b33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R767269130445484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19598eb456144531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>43,931</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>