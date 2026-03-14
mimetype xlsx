--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e9c1a6d153446f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re93f872c52654d28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19598eb456144531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6301962431ed40bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R767269130445484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19598eb456144531" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c7982a26dd4697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6301962431ed40bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>