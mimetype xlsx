--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3fc4b6257240ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ca2c6f60954a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3abd26a95e54662"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R846323c61c374ec2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d1038dfdb2c4f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3abd26a95e54662" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d6eb96f8564bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R846323c61c374ec2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweit offensiv Chancen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,975</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>