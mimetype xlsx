--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45ca2c6f60954a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac149903e0fc4ddf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R846323c61c374ec2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1d2d4bf88e74a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53d6eb96f8564bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R846323c61c374ec2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd76cf988c2f34924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1d2d4bf88e74a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweit offensiv Chancen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>94,727</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,847</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>98,731</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>