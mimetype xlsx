--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac149903e0fc4ddf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R316e6cf88eb34143" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1d2d4bf88e74a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa546319fc04d4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd76cf988c2f34924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1d2d4bf88e74a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095a018ebecb4cf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa546319fc04d4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweit offensiv Chancen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>