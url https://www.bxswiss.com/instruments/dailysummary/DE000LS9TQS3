--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R316e6cf88eb34143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R138cd6586bc14593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa546319fc04d4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf7ec999b45486e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095a018ebecb4cf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa546319fc04d4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ade7a45c6eb480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf7ec999b45486e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweit offensiv Chancen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,043</x:t>
-[...414 lines deleted...]
-          <x:t>102,136</x:t>
+          <x:t>95,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>