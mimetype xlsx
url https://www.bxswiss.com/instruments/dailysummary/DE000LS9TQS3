--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R138cd6586bc14593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7556071055554a87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf7ec999b45486e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbad9cf38be9412d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ade7a45c6eb480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf7ec999b45486e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0e9fbb49fb64486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbad9cf38be9412d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweit offensiv Chancen nutzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>101,356</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,454</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>99,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,496</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>