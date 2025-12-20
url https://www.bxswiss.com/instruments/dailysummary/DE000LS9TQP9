--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aa2e0c9ca4e4d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36efd84f1f87463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04ecca528f354e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd787310b7ea477e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad7d4ea5886542ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04ecca528f354e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3507b86a08f24850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd787310b7ea477e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MineralsandRessources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>41,148</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...181 lines deleted...]
-          <x:t>38,868</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>