--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36efd84f1f87463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9be36a9dbab4a8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd787310b7ea477e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb60a41134f6462c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3507b86a08f24850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd787310b7ea477e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd583bfc6464966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb60a41134f6462c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MineralsandRessources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>