--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9be36a9dbab4a8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd56beda5ccd940f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb60a41134f6462c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090361f43a694f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd583bfc6464966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb60a41134f6462c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ce7f4ad61ad4ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090361f43a694f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MineralsandRessources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,149</x:t>
+          <x:t>41,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,382</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>44,347</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>