--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd56beda5ccd940f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d239d7a8d964f1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090361f43a694f05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14d855895eaf4385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ce7f4ad61ad4ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090361f43a694f05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd910de678c0a4531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14d855895eaf4385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MineralsandRessources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>