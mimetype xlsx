--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcadc00889cd74fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56038e89cddc46fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb18c74b8dab4a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb493451b82b345b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16b108ff90b24309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb18c74b8dab4a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf625375a51ec4f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb493451b82b345b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Red Dragon Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -324,31 +219,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>