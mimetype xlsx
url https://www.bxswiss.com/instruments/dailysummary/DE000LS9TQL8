--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56038e89cddc46fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41aa3cdc46c449f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb493451b82b345b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5dd1495ace4593"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf625375a51ec4f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb493451b82b345b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d5862157bf427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5dd1495ace4593" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Red Dragon Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>97,605</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,101</x:t>
-[...274 lines deleted...]
-          <x:t>93,350</x:t>
+          <x:t>99,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>