--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41aa3cdc46c449f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7286b991ecbc4ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5dd1495ace4593"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0af4f1cbea143be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d5862157bf427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5dd1495ace4593" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7dc6b0bd265427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0af4f1cbea143be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Red Dragon Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>