--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7286b991ecbc4ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79aaafa8a5904645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0af4f1cbea143be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7d43ddfd5fd4fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7dc6b0bd265427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0af4f1cbea143be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1407b5869f54ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7d43ddfd5fd4fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Red Dragon Biotech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>89,059</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,945</x:t>
-[...242 lines deleted...]
-          <x:t>93,917</x:t>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>