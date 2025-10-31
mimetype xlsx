--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R995ef708546b4ad1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd62349b28f4df4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89fd3637f2ab4778"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b8cd0574794355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e9cf3d28fc843fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89fd3637f2ab4778" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe9562c39a534f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b8cd0574794355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Focused Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>55,656</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,677</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,682</x:t>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>