--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd62349b28f4df4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9b34742aab48a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b8cd0574794355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8eed5f279b44ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe9562c39a534f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b8cd0574794355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832a90d812dc4b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8eed5f279b44ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Focused Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>55,615</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,451</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>55,276</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,351</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>54,868</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,968</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>55,209</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>