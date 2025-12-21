--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9b34742aab48a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf08bb725fe24361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8eed5f279b44ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd96d6e044beb4976"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832a90d812dc4b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8eed5f279b44ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba416e488934f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd96d6e044beb4976" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Focused Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>55,456</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,323</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>07.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,538</x:t>
-[...16 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>55,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,505</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,427</x:t>
-[...220 lines deleted...]
-          <x:t>55,323</x:t>
+          <x:t>55,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>