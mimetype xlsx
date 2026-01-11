--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf08bb725fe24361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R684c567658624a29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd96d6e044beb4976"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R865c99c0f1f24041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba416e488934f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd96d6e044beb4976" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a6e1882e6094810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R865c99c0f1f24041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Focused Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,645 +149,483 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>55,608</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,568</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>55,548</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,592</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>