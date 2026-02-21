--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R684c567658624a29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205c42641f8e46fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R865c99c0f1f24041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5595f1a0fc8f481a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a6e1882e6094810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R865c99c0f1f24041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38f740938578424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5595f1a0fc8f481a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Focused Stock Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>55,501</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>