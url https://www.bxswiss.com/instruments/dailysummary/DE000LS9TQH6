--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59feb9e6e9ce4ad4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93b1dd28e254453" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f8d1995d9124eb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94ed3e7d71943e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b1f0b164dd34134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f8d1995d9124eb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600b9de86a584851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94ed3e7d71943e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolveFutureChallenges</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>159,811</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>