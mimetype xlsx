--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93b1dd28e254453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0276400305404061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94ed3e7d71943e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4360c72174e40e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600b9de86a584851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94ed3e7d71943e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raac21c2fd66d4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4360c72174e40e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolveFutureChallenges</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,798</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>157,787</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>157,787</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>