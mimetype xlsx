--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0276400305404061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91713b01f13643db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4360c72174e40e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc031cad176f34f8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raac21c2fd66d4ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4360c72174e40e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73584047d564920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc031cad176f34f8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolveFutureChallenges</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>