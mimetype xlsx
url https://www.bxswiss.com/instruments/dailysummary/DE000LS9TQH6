--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91713b01f13643db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7d33556fa94344" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc031cad176f34f8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cec0513a4824719"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73584047d564920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc031cad176f34f8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R801e3584901c4f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cec0513a4824719" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolveFutureChallenges</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>162,792</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>