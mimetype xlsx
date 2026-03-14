--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7d33556fa94344" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R749c08d00c1347e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cec0513a4824719"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d9b627524a48e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R801e3584901c4f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cec0513a4824719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a786d317465485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d9b627524a48e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolveFutureChallenges</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>