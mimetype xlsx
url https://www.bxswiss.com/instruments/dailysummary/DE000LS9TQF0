--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd550ccbe98144590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6161baf2a41d4f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3fb2f6dc7b24b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa29d8e6a6d946ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6b7f2723d9f4de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3fb2f6dc7b24b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247dbf9f036b40d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa29d8e6a6d946ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fusion von Value und Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>