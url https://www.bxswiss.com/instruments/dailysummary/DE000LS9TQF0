--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6161baf2a41d4f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e95beb97a1d4b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa29d8e6a6d946ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1144ac186f64197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247dbf9f036b40d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa29d8e6a6d946ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70043f6e219e4ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1144ac186f64197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fusion von Value und Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>144,786</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>