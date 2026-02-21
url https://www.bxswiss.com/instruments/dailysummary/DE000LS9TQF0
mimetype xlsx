--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e95beb97a1d4b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0883f3125eaa4208" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1144ac186f64197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3917d8c461f74c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70043f6e219e4ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1144ac186f64197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4b43a9bbf484cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3917d8c461f74c31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fusion von Value und Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>132,372</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>