--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd5f503503045ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5059e621797648ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23d502f29b8e41dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51da36625df64772"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2cea7922f714ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23d502f29b8e41dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b29f6b9f85043c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51da36625df64772" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanEnterpriseVariety</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...365 lines deleted...]
-          <x:t>139,178</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.11.2025</x:t>
-[...262 lines deleted...]
-          <x:t>139,365</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>