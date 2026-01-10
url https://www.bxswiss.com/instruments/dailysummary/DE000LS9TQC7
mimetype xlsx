--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5059e621797648ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52f7c9930914007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51da36625df64772"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f7ca985d04440f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b29f6b9f85043c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51da36625df64772" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra961cea3bed94bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f7ca985d04440f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanEnterpriseVariety</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,686</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>