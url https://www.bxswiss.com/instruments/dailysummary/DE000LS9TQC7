--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52f7c9930914007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4492332a5cf24063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f7ca985d04440f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93772deed5dd4cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra961cea3bed94bbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f7ca985d04440f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86d29092a67448cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93772deed5dd4cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GermanEnterpriseVariety</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TQC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>155,690</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>