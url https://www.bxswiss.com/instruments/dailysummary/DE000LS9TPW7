--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd76ec04d5a5e4cf7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra176ed564c45445a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217d162d74fc4438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9025b2c6673f4b8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R582a00d7320a4ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217d162d74fc4438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a52446539a4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9025b2c6673f4b8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,761</x:t>
-[...549 lines deleted...]
-          <x:t>162,137</x:t>
+          <x:t>161,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>