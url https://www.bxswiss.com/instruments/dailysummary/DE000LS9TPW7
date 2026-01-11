--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra176ed564c45445a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc64bf684b3c048b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9025b2c6673f4b8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43636e78771d4f9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a52446539a4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9025b2c6673f4b8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7f3e4b726194fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43636e78771d4f9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>164,281</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>