--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc64bf684b3c048b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca2c1a2867de4073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43636e78771d4f9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a2f800992f4ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7f3e4b726194fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43636e78771d4f9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbc37a52c3ca4b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a2f800992f4ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>172,840</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,154</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>174,364</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>