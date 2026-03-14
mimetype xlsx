--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca2c1a2867de4073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a425d9cc12b4c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a2f800992f4ddb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c436611a204496"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbc37a52c3ca4b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a2f800992f4ddb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5299b1a916d34325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c436611a204496" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>174,583</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,965</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>174,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,341</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>