--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab13c824dae41be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c7be50f54b4369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R018d8c206524451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e57c9a32098416f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R315aadbd5a9e49b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R018d8c206524451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b59e4d82134bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e57c9a32098416f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>