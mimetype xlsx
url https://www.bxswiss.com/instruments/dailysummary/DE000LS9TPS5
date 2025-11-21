--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c7be50f54b4369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b039a0562f40e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e57c9a32098416f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5f5f6fc3e64098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b59e4d82134bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e57c9a32098416f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb499033c9acf4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5f5f6fc3e64098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,596</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>129,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,505</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>