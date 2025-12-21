--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b039a0562f40e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a129814e6948c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5f5f6fc3e64098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d91b8e6004f4422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb499033c9acf4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5f5f6fc3e64098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d524d18f64843fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d91b8e6004f4422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...247 lines deleted...]
-          <x:t>130,268</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,605</x:t>
-[...134 lines deleted...]
-          <x:t>126,656</x:t>
+          <x:t>131,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...235 lines deleted...]
-          <x:t>123,446</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>