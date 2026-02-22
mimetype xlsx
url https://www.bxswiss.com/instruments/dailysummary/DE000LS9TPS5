--- v3 (2025-12-21)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a129814e6948c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00b250a8317644a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d91b8e6004f4422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62c6bdeb99174297"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d524d18f64843fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d91b8e6004f4422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb55c2a1472b04ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62c6bdeb99174297" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>128,942</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>