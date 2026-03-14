--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00b250a8317644a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9612f95f79394d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62c6bdeb99174297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e17548b6ec94927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb55c2a1472b04ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62c6bdeb99174297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3386d47ce2794cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e17548b6ec94927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Value Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>