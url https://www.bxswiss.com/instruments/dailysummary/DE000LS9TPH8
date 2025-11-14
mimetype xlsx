--- v0 (2025-10-23)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9db3d2e3b304362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b534a43f9f492e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f67b585b5a44e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d2283a02ea4963"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R707762b068cc4acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f67b585b5a44e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb384f4c5a74f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d2283a02ea4963" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Performer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>