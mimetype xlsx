--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b534a43f9f492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46cc25237a5f4c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d2283a02ea4963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11b62b7ed3de4c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb384f4c5a74f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d2283a02ea4963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ebc3deab1a4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11b62b7ed3de4c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Performer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>25,742</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,234</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>22,524</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>