--- v2 (2025-12-21)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46cc25237a5f4c89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380d9dc8ef554c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11b62b7ed3de4c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f26c7a80f04842"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ebc3deab1a4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11b62b7ed3de4c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc075a681a9964290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f26c7a80f04842" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Performer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>28,719</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,290</x:t>
-[...43 lines deleted...]
-          <x:t>27,603</x:t>
+          <x:t>27,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,862</x:t>
-[...114 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>28,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,060</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>27,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>