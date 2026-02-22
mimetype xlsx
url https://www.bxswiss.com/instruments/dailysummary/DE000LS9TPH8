--- v3 (2026-01-14)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380d9dc8ef554c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18b5d6d5c2e4fb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f26c7a80f04842"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde64117e46dd4e9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc075a681a9964290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f26c7a80f04842" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e2858ff72334bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde64117e46dd4e9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Performer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>31,206</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>