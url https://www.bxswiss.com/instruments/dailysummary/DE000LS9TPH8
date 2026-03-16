--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18b5d6d5c2e4fb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea43fd3da95a4ab3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde64117e46dd4e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74f4c86b85cd4eb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e2858ff72334bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde64117e46dd4e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56e09ec9d328463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74f4c86b85cd4eb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Performer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>