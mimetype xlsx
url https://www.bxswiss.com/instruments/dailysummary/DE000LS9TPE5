--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R411557e042ea4a9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R843753cf30294d3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3063f88ebfee4a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dbaee6b7f454517"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b37975d3e84446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3063f88ebfee4a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa3ebefe08ce40b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dbaee6b7f454517" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktfuehrer-Aktien von TFimNetz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>93,333</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,559</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>92,913</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>