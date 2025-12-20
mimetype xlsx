--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R843753cf30294d3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ed958080f843fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dbaee6b7f454517"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7781fe7867304cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa3ebefe08ce40b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dbaee6b7f454517" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaab73def758434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7781fe7867304cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktfuehrer-Aktien von TFimNetz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>92,706</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,475</x:t>
-[...539 lines deleted...]
-          <x:t>92,674</x:t>
+          <x:t>92,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>