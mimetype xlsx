--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ed958080f843fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da1db177b8b489f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7781fe7867304cf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc75a2c1909a54fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaab73def758434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7781fe7867304cf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dbfd471b3a44493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc75a2c1909a54fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktfuehrer-Aktien von TFimNetz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>