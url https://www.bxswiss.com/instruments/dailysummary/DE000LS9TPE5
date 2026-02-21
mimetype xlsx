--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da1db177b8b489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49663a239444db5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc75a2c1909a54fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a4a93a7441548a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dbfd471b3a44493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc75a2c1909a54fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa1d305cd848407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a4a93a7441548a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktfuehrer-Aktien von TFimNetz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,768</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>