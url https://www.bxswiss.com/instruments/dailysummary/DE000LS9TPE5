--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49663a239444db5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d015a14cce4cdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a4a93a7441548a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcf247e3e0e742f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa1d305cd848407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a4a93a7441548a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e26974aa34a4f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcf247e3e0e742f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktfuehrer-Aktien von TFimNetz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>92,349</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,239</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>93,706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,595</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>