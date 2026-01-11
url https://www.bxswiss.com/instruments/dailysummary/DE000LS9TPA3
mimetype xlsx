--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf21e75bd5efc4fff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1a9941de474704" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac75f7ce7c884dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reae925f835c04c9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320302d3989c4b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac75f7ce7c884dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra940d4d2dbbd4d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reae925f835c04c9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental_Unterbewertet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,318</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>