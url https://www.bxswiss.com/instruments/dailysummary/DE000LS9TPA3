--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1a9941de474704" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66797b1ff224460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reae925f835c04c9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd44c67b6604bfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra940d4d2dbbd4d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reae925f835c04c9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1446189d9154261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd44c67b6604bfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental_Unterbewertet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>101,397</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,977</x:t>
-[...161 lines deleted...]
-          <x:t>103,971</x:t>
+          <x:t>97,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>