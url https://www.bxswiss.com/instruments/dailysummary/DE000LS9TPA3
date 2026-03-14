--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66797b1ff224460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e9b6aba5924e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd44c67b6604bfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962f717704e745f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1446189d9154261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd44c67b6604bfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067aeabab84b45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962f717704e745f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental_Unterbewertet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TPA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>