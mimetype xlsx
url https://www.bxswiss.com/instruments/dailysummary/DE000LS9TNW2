--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcbb116545bb461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239bdcc3245a4a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ddabd05a734315"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a341c27f721402c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb038362ff474aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ddabd05a734315" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a129b960bfc4e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a341c27f721402c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaxIncomeDivi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>118,116</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,011</x:t>
-[...404 lines deleted...]
-          <x:t>116,611</x:t>
+          <x:t>118,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,737</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>117,431</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>