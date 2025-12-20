--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239bdcc3245a4a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4ca512e8304b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a341c27f721402c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf483212bee8f422d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a129b960bfc4e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a341c27f721402c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e315c586f3c4247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf483212bee8f422d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaxIncomeDivi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,030</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>