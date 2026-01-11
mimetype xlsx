--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4ca512e8304b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98be8969682644b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf483212bee8f422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc1859ba2a984aff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e315c586f3c4247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf483212bee8f422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb2b2170c45842eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc1859ba2a984aff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaxIncomeDivi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>