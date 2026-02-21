--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98be8969682644b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61d4fcbffc34cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc1859ba2a984aff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5762301ff7fb4a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb2b2170c45842eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc1859ba2a984aff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e886f2b63f4889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5762301ff7fb4a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaxIncomeDivi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>125,732</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...397 lines deleted...]
-          <x:t>126,381</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>