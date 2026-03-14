--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61d4fcbffc34cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e386d1fc7b4bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5762301ff7fb4a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a2096d86ad84490"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e886f2b63f4889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5762301ff7fb4a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f936cf78be8401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a2096d86ad84490" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MaxIncomeDivi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>