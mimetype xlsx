--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f693ba2bb44cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d53d48648164c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa5b2fe4bee84683"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a6c040b30d445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27fe7ee3e6de4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa5b2fe4bee84683" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc098f2c6a46b4338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a6c040b30d445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Richest 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>