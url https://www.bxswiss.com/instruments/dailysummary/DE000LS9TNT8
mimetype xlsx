--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d53d48648164c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3caf012816d04fb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a6c040b30d445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raead78746a40476c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc098f2c6a46b4338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a6c040b30d445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a1f9516e15d4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raead78746a40476c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Richest 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>182,005</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>