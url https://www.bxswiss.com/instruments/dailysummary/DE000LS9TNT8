--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3caf012816d04fb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526fe2c5df714e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raead78746a40476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R105e283b0b5b44f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a1f9516e15d4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raead78746a40476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd69e6890a80b4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R105e283b0b5b44f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Richest 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>182,671</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>