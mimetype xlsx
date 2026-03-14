--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526fe2c5df714e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8beea88acd1d4c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R105e283b0b5b44f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93fc87f5b27a451f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd69e6890a80b4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R105e283b0b5b44f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra493b712876542d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93fc87f5b27a451f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Richest 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>