--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78f1f5fe97f41ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9343dedf2c6b4859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2336937a58248c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81c1bd8db9d4845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec6ce4ca2ff247d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2336937a58248c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b05c99adf944c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81c1bd8db9d4845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen Superstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>130,525</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,994</x:t>
-[...124 lines deleted...]
-          <x:t>132,936</x:t>
+          <x:t>129,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,510</x:t>
-[...220 lines deleted...]
-          <x:t>129,756</x:t>
+          <x:t>133,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>