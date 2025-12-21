--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9343dedf2c6b4859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc083fc2eab894ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf81c1bd8db9d4845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re83e4200e4f44325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b05c99adf944c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf81c1bd8db9d4845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9344974c86ea42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re83e4200e4f44325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen Superstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,834</x:t>
-[...549 lines deleted...]
-          <x:t>133,762</x:t>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>