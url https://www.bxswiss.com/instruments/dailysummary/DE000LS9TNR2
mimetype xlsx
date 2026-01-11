--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc083fc2eab894ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9218fb2d4ff947bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re83e4200e4f44325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f53b93aa96f4496"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9344974c86ea42f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re83e4200e4f44325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33a2feeb0cb54bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f53b93aa96f4496" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen Superstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>127,662</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>