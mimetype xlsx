--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9218fb2d4ff947bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73f23e0f680485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f53b93aa96f4496"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a413c5f250d4c30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33a2feeb0cb54bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f53b93aa96f4496" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01589abfcc14ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a413c5f250d4c30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen Superstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>133,174</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>