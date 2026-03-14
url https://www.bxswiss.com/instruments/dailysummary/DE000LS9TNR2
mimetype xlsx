--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73f23e0f680485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dee7bc9000d4042" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a413c5f250d4c30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e33142902c407c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01589abfcc14ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a413c5f250d4c30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff6527dd8ed4acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e33142902c407c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fallen Superstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>