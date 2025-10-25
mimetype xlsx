--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc316764c6349f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e2510dc651f400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd162bd66a684660"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1632c9a1e460451c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e5bf360c8f4158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd162bd66a684660" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R023828c473b44170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1632c9a1e460451c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff- und Edelmetallexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>