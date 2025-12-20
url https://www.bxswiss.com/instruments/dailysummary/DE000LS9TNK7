--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e2510dc651f400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c4838ac4d14c2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1632c9a1e460451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f7e8469c2f84e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R023828c473b44170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1632c9a1e460451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43d8d081c35d471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f7e8469c2f84e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff- und Edelmetallexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>81,394</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>