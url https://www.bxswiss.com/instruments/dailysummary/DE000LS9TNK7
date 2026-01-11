--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c4838ac4d14c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra720653b70764149" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f7e8469c2f84e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4c42ba76c94bbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43d8d081c35d471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f7e8469c2f84e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0e8ea39ba64afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4c42ba76c94bbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff- und Edelmetallexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>