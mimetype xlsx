--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra720653b70764149" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43eebcf6d7e4ac9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c4c42ba76c94bbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33351b1453504d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0e8ea39ba64afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c4c42ba76c94bbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a34fce239b4520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33351b1453504d5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff- und Edelmetallexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>93,264</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>