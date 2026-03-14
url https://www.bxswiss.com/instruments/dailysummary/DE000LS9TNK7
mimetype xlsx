--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43eebcf6d7e4ac9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5ced51fefa4f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33351b1453504d5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13deb1032bf94392"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a34fce239b4520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33351b1453504d5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e0854b33c374208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13deb1032bf94392" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoff- und Edelmetallexplorer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>109,244</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,770</x:t>
-[...431 lines deleted...]
-          <x:t>95,567</x:t>
+          <x:t>105,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>