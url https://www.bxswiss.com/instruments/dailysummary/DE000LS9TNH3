--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra519415941b74646" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3032a9c418c341e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6511bb1e08f34a13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfa4ff08fdb4424"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70d4f889d8404b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6511bb1e08f34a13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra00710c60ce34579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfa4ff08fdb4424" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chips aus D und EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>99,593</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,357</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>99,194</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,403</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,672</x:t>
-[...117 lines deleted...]
-          <x:t>99,523</x:t>
+          <x:t>99,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>