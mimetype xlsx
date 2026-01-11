--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3032a9c418c341e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c3d78e5746542a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfa4ff08fdb4424"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfa1e248da8845c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra00710c60ce34579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfa4ff08fdb4424" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3054609f4ec458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfa1e248da8845c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chips aus D und EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,211</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>99,626</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,499</x:t>
-[...458 lines deleted...]
-          <x:t>99,525</x:t>
+          <x:t>99,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>