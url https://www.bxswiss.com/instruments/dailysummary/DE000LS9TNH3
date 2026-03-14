--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c3d78e5746542a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc75820dd6894101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfa1e248da8845c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb3e5330beec442f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3054609f4ec458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfa1e248da8845c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b3d30ccb9f2491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb3e5330beec442f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chips aus D und EU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,524</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>