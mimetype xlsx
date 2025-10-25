--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8355d6eef5c64c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4c6d2f1b0e4a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce0ea8d277a4a76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16de8d064dc14567"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815a843d007a407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce0ea8d277a4a76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8a7613429244170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16de8d064dc14567" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUNDAMENTAL GROWTH VALUE EURO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,437</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>