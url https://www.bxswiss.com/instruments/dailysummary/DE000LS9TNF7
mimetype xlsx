--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4c6d2f1b0e4a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76fb23174b674cdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16de8d064dc14567"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217e32e4a1024c30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8a7613429244170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16de8d064dc14567" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0c9de8fabac4bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217e32e4a1024c30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUNDAMENTAL GROWTH VALUE EURO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>186,633</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,558</x:t>
-[...458 lines deleted...]
-          <x:t>172,837</x:t>
+          <x:t>181,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>