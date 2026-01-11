--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76fb23174b674cdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5240474186274c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217e32e4a1024c30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78293090f85a4b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0c9de8fabac4bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217e32e4a1024c30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b2b6e715b847da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78293090f85a4b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUNDAMENTAL GROWTH VALUE EURO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>184,484</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,859</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>181,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,014</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>