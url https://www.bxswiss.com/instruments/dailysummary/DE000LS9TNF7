--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5240474186274c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb303f340e3402f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78293090f85a4b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e546fb47dc84592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37b2b6e715b847da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78293090f85a4b6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb674c733edf448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e546fb47dc84592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUNDAMENTAL GROWTH VALUE EURO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,176</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>193,024</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>