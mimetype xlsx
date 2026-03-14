--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb303f340e3402f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330a44dd860b408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e546fb47dc84592"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc1adc4831642b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb674c733edf448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e546fb47dc84592" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f716b819d48465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc1adc4831642b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUNDAMENTAL GROWTH VALUE EURO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TNF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>195,567</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>