--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c1777f8a24c4a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c09f8f8d81244d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e91efb099fd4c5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06662ba5c53f493a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c301e1fdd4a4193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e91efb099fd4c5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb2b64a8fdb4b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06662ba5c53f493a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROIC Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>