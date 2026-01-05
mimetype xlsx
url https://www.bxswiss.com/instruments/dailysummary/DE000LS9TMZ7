--- v1 (2025-10-31)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c09f8f8d81244d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9771130c4f7a46af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06662ba5c53f493a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00898e6d1d0e42c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb2b64a8fdb4b96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06662ba5c53f493a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034e2e84d3e34a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00898e6d1d0e42c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROIC Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,634</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>