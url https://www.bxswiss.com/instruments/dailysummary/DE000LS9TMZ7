--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9771130c4f7a46af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99177af9c7c64ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00898e6d1d0e42c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re61fd0a723794873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034e2e84d3e34a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00898e6d1d0e42c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeaf3a4c276b4e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re61fd0a723794873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROIC Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>122,867</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>