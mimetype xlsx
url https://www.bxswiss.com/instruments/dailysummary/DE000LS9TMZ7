--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99177af9c7c64ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6ed6dfc71424f6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re61fd0a723794873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8056bac3ec8d4699"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeaf3a4c276b4e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re61fd0a723794873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06eae8fa56004eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8056bac3ec8d4699" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROIC Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>