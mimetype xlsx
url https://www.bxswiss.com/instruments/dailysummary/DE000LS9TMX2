--- v0 (2025-11-14)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e55a8ef80d24f6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15184fbf78284ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65928d7283ab4f23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1075709500bb4f08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0b006e052248de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65928d7283ab4f23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2862d2899cc4972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1075709500bb4f08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Unternehmen Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>422,890</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>