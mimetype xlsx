--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15184fbf78284ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa40fec6c41c4cd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1075709500bb4f08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde1bf2c0de804794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2862d2899cc4972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1075709500bb4f08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe8ad9948ee4051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde1bf2c0de804794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Unternehmen Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>