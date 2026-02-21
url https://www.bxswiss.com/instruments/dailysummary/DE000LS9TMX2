--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa40fec6c41c4cd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b5ca9176ef49ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde1bf2c0de804794"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962ea5d3537d4bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe8ad9948ee4051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde1bf2c0de804794" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa75fd8841a47ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962ea5d3537d4bf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Unternehmen Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>436,714</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>