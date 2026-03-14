--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b5ca9176ef49ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b3535936f84a3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962ea5d3537d4bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b5cd2553bf4814"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa75fd8841a47ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962ea5d3537d4bf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0afb44cf6b4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b5cd2553bf4814" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Unternehmen Matrix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>