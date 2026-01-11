--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R065ccc5f45434300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ded557a58c94d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a65401b903f4d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683a5187c4214e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51bec75255e24ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a65401b903f4d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0df2a0c57564351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683a5187c4214e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Solar Invest </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,728</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>