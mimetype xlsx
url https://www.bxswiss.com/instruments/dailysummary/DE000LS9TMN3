--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ded557a58c94d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc8eabbc02744f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683a5187c4214e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66db4783008949e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0df2a0c57564351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683a5187c4214e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb454836014e40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66db4783008949e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Solar Invest </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>134,295</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>