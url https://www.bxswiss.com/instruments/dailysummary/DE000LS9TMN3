--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc8eabbc02744f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd35e1baeb99f44d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66db4783008949e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R823d2a95cfb54d8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb454836014e40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66db4783008949e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f78ea5bdfbd4184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R823d2a95cfb54d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Solar Invest </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>