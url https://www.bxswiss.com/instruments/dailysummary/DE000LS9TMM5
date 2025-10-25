--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bc3e5d9ac404336" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0480faddab4841af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93f1bb34aae04737"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb917d197b0874634"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a4d467d52f4855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93f1bb34aae04737" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5524d45aa248cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb917d197b0874634" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stromdefizit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>83,878</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,939</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>83,933</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,908</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>83,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>83,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,873</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>83,944</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>