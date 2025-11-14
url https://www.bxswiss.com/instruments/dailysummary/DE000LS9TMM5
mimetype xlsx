--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0480faddab4841af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R386575e857e747f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb917d197b0874634"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2026c6a6384e409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5524d45aa248cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb917d197b0874634" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b4f5600eb44763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2026c6a6384e409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stromdefizit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>83,659</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,579</x:t>
-[...254 lines deleted...]
-          <x:t>82,737</x:t>
+          <x:t>83,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,927</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>83,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>