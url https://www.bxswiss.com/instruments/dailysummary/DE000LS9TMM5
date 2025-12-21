--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R386575e857e747f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3977ca704cb47ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2026c6a6384e409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd244bd8b603345dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b4f5600eb44763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2026c6a6384e409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88268b6a29c4467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd244bd8b603345dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stromdefizit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>83,523</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,613</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>83,311</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,540</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>82,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>