--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3977ca704cb47ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e510b543e54c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd244bd8b603345dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2713672c61f043e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88268b6a29c4467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd244bd8b603345dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac64814273074412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2713672c61f043e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stromdefizit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,639</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>83,733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,724</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>