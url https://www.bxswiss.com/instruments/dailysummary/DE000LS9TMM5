--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e510b543e54c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b5a2229f704596" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2713672c61f043e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5292669890eb4d6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac64814273074412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2713672c61f043e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffcf5f558ec4293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5292669890eb4d6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stromdefizit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,658</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>