--- v5 (2026-01-12)
+++ v6 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b5a2229f704596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75f23cbc333640a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5292669890eb4d6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da47870a7214ab9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffcf5f558ec4293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5292669890eb4d6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba5951b46eb459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da47870a7214ab9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stromdefizit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>83,279</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,252</x:t>
-[...134 lines deleted...]
-          <x:t>83,516</x:t>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>