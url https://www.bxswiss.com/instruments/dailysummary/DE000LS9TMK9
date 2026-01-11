--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29b36f8152a8467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb050475b7cd348a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8509eda345a14f6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79f6437cd9247be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc15ffae7d2e34e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8509eda345a14f6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a44654d1e045d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79f6437cd9247be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Royalty Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>