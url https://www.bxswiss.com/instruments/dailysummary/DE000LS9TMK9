--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb050475b7cd348a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac8046f9640746cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79f6437cd9247be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0036b13c0614f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a44654d1e045d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79f6437cd9247be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91893984ec2545ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0036b13c0614f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Royalty Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,998</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>