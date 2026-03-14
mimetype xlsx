--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac8046f9640746cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf3d50bc7cd34c11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0036b13c0614f05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bab6acb49634c0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91893984ec2545ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0036b13c0614f05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reab7db59625247eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bab6acb49634c0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Royalty Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>194,145</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>193,776</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>