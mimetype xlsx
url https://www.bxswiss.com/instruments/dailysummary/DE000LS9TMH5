--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec3b139f2a3442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64fba0418e6d4192" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64db054eef8941ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4116ee5e01a74bad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R372399a670064547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64db054eef8941ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e8a866082bf4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4116ee5e01a74bad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frugalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,340</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>