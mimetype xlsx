--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64fba0418e6d4192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6417f9e006ce4338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4116ee5e01a74bad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd0e88a866864103"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e8a866082bf4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4116ee5e01a74bad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb28c56a95c074b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd0e88a866864103" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frugalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>