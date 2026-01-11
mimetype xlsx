--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6417f9e006ce4338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363b252099dc4195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd0e88a866864103"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3293a8d5e4a405c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb28c56a95c074b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd0e88a866864103" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b0568b97214d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3293a8d5e4a405c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frugalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>