--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363b252099dc4195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf21a020e1b462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3293a8d5e4a405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra260b8a00c174bc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b0568b97214d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3293a8d5e4a405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb596c6b044714a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra260b8a00c174bc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frugalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,625</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>