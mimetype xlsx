--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf686fb08807743e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c35c91c11444c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c73a50482eb4394"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e25d14c8d94449c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e31951d1304ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c73a50482eb4394" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96601447e8a941a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e25d14c8d94449c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and turnaround Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>