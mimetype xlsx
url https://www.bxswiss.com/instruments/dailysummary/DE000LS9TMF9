--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c35c91c11444c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901386e4b7f444bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e25d14c8d94449c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a20c18ac764f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96601447e8a941a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e25d14c8d94449c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d40a906f85e4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a20c18ac764f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and turnaround Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>115,201</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,621</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>119,451</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>