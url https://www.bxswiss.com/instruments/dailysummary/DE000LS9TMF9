--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R901386e4b7f444bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad3dcb7baabb4e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a20c18ac764f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0deab5cf7d994324"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d40a906f85e4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a20c18ac764f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R387b9b46778245e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0deab5cf7d994324" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and turnaround Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>119,774</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,394</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>119,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,866</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>