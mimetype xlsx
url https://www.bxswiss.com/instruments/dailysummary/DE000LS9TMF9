--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad3dcb7baabb4e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eda9ac0ebf44767" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0deab5cf7d994324"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d54f602b5a44e00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R387b9b46778245e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0deab5cf7d994324" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35b6677f0fa244b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d54f602b5a44e00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and turnaround Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>122,875</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>