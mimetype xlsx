--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eda9ac0ebf44767" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cc6ea75c8fb402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d54f602b5a44e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0caf8b4f3ea545ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35b6677f0fa244b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d54f602b5a44e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3330418999d44a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0caf8b4f3ea545ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and turnaround Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>