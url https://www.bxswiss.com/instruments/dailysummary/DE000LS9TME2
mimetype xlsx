--- v0 (2025-10-07)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3848199cf6764262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02d4b105e274ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bd37e60a05f49e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e92680982c64559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b34ec229be64466" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bd37e60a05f49e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3847c041572844f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e92680982c64559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienperlen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TME2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>185,468</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>