--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02d4b105e274ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a604dfa4554b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e92680982c64559"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27a3377aa804464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3847c041572844f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e92680982c64559" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355e8da98e3f4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27a3377aa804464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienperlen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TME2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>183,738</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,310</x:t>
-[...296 lines deleted...]
-          <x:t>183,312</x:t>
+          <x:t>182,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>