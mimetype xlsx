--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a604dfa4554b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae26735486c34c12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27a3377aa804464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re87d6f24d9aa48b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355e8da98e3f4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27a3377aa804464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b9cd162555b4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re87d6f24d9aa48b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienperlen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TME2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>186,888</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>