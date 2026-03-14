--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae26735486c34c12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7881a81d86c4715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re87d6f24d9aa48b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R503525475dbf4ba0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b9cd162555b4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re87d6f24d9aa48b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45913065a93c4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R503525475dbf4ba0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienperlen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TME2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>