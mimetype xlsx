--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95177e88f06f4419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa785da271ea4def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5427c7b1efd43de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b65f3e240345d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d51eb13dce7483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5427c7b1efd43de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e6121e15dd4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b65f3e240345d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium Batterie Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>