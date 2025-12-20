--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa785da271ea4def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354f2cc07daf4780" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b65f3e240345d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1a45db70924e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e6121e15dd4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b65f3e240345d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84da7082f8694766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1a45db70924e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium Batterie Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,112</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>