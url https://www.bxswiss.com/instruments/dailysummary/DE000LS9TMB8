--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354f2cc07daf4780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78602c4f1f2447a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1a45db70924e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4afe57cff78144d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84da7082f8694766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1a45db70924e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ae212c0e8614fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4afe57cff78144d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium Batterie Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,437</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>