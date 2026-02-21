--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78602c4f1f2447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e29fef587e426d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4afe57cff78144d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radfa504150ff4dac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ae212c0e8614fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4afe57cff78144d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbbccb6d6dcf426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radfa504150ff4dac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium Batterie Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,831</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>