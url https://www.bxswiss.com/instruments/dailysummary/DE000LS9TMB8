--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e29fef587e426d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9babb4337964496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radfa504150ff4dac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae81e06ea19448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbbccb6d6dcf426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radfa504150ff4dac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5fc1885ae2a4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae81e06ea19448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium Batterie Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TMB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>