--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7be0f3520b6e4ce8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798aa8992b624b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red78f099239e4058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77916d83046d4dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d3e65320f4048ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red78f099239e4058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R430cf2804a7242ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77916d83046d4dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Selective Solar Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>48,339</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,849</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>51,753</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>