--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798aa8992b624b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R847347f011f54e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77916d83046d4dfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2888582ee4a4a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R430cf2804a7242ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77916d83046d4dfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73c87cee79ff42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2888582ee4a4a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Selective Solar Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>