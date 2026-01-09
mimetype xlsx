--- v2 (2025-11-14)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R847347f011f54e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a6765ccdc3b4799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2888582ee4a4a41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7f0ac3aba44b17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73c87cee79ff42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2888582ee4a4a41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R807868e3c7ff4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7f0ac3aba44b17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Selective Solar Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>55,484</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>