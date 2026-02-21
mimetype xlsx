--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a6765ccdc3b4799" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf546864e5d7f4f81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7f0ac3aba44b17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8f15d1f0864c4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R807868e3c7ff4fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7f0ac3aba44b17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e1e21808ab4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8f15d1f0864c4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Selective Solar Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>54,488</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>