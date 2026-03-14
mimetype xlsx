--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf546864e5d7f4f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd38c90498e624777" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8f15d1f0864c4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R428d92a44e524b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e1e21808ab4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8f15d1f0864c4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc924ce5b956431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R428d92a44e524b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Selective Solar Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>