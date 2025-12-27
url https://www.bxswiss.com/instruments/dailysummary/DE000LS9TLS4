--- v0 (2025-10-25)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd123ced8d4b422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc789ca899a43471f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56a4b167bea4143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad6e8c23628849f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R321509a5f80349a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56a4b167bea4143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc84776284d76470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad6e8c23628849f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien oder Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>106,645</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,097</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>107,134</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>