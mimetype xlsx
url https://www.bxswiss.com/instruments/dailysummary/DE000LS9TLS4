--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc789ca899a43471f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec38827efd604ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad6e8c23628849f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb514ec86553b40d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc84776284d76470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad6e8c23628849f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14d57f5da417487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb514ec86553b40d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien oder Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +305,355 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>