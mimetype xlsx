--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec38827efd604ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4937a15557425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb514ec86553b40d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ad1d18f7714b8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14d57f5da417487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb514ec86553b40d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828f661ae846472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ad1d18f7714b8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien oder Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>106,639</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>