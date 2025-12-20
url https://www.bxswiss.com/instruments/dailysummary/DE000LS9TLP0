--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae31444f9edb4fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10a843b4a5141a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R303e2d2ec6f04d18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a9a19611c0428c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbffb6904f594982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R303e2d2ec6f04d18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1748a79c4af4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a9a19611c0428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leeway AI - Quantitativ Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>161,375</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>166,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>