--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10a843b4a5141a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e53ef9020214ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a9a19611c0428c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e907f8e3d5497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1748a79c4af4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a9a19611c0428c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09c00576bf48478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e907f8e3d5497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leeway AI - Quantitativ Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>