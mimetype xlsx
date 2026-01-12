--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e53ef9020214ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b4afa74c9d2459b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e907f8e3d5497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b110e653da045b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09c00576bf48478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e907f8e3d5497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4242c2cedfa749db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b110e653da045b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leeway AI - Quantitativ Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>