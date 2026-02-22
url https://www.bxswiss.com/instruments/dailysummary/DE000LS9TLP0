--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b4afa74c9d2459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9123efa6c0804fe3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b110e653da045b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6c14cebf7ca481a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4242c2cedfa749db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b110e653da045b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad1e662d75f4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6c14cebf7ca481a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leeway AI - Quantitativ Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>166,618</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,136</x:t>
-[...377 lines deleted...]
-          <x:t>171,226</x:t>
+          <x:t>166,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>