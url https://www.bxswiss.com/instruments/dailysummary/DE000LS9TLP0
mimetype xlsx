--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9123efa6c0804fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb17444c398014776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6c14cebf7ca481a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a49221210542a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad1e662d75f4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6c14cebf7ca481a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f02db4a4c94b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a49221210542a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Leeway AI - Quantitativ Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>