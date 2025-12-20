--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc588878d899c4989" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd506c618c3734bb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee6ceba0d544490"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6e6fa8e24440e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6bffdad43ea44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee6ceba0d544490" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79d8bc7a9ee4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6e6fa8e24440e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstuermer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>161,023</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>