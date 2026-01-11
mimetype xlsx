--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd506c618c3734bb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd62c72d5aee74286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e6e6fa8e24440e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde740acc7bf44f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79d8bc7a9ee4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e6e6fa8e24440e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f07a22e67d549d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde740acc7bf44f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstuermer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>