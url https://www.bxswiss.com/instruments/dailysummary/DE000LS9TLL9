--- v2 (2026-01-11)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd62c72d5aee74286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdfff5dadfed4a81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde740acc7bf44f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6043545e0d9c400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f07a22e67d549d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde740acc7bf44f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628c553237ef4b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6043545e0d9c400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gipfelstuermer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>147,110</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>