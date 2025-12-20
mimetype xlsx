--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2dbfdce45a84a5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1017c1a717f84d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf30a8a16cb446e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R341a761915224a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcccc472e87c140b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf30a8a16cb446e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cdbbf9c9c0642d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R341a761915224a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Global Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>98,283</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,556</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>99,034</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,844</x:t>
-[...431 lines deleted...]
-          <x:t>102,249</x:t>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>