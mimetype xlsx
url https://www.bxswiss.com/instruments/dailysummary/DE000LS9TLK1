--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1017c1a717f84d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17ddbc21f527463b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R341a761915224a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0137fb06a40941f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cdbbf9c9c0642d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R341a761915224a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32d3e1ea11e4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0137fb06a40941f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Global Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>