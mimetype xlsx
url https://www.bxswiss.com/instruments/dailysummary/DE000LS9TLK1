--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17ddbc21f527463b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8a20b763c54bc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0137fb06a40941f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34558455d0b24113"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32d3e1ea11e4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0137fb06a40941f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4362a1d27c4fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34558455d0b24113" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Global Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,350</x:t>
-[...441 lines deleted...]
-          <x:t>98,054</x:t>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>