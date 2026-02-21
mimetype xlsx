--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8a20b763c54bc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfdeab053cb5482d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34558455d0b24113"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5ea3029ee394b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4362a1d27c4fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34558455d0b24113" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e5b4b3f8234c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5ea3029ee394b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Global Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,417</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>