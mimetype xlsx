--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfdeab053cb5482d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf627e936c6f4139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5ea3029ee394b35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb15929aabd4c430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e5b4b3f8234c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5ea3029ee394b35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fbe1d8f586c468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb15929aabd4c430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FF Top Picks - Global Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TLK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>