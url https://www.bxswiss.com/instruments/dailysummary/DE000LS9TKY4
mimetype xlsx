--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d78bf054454f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbbfb6e7298e41fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dfbbf3b61214d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1caaa4fd499c4578"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bc57b11aa214a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dfbbf3b61214d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75db37afd27f4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1caaa4fd499c4578" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Growth und Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,309</x:t>
-[...193 lines deleted...]
-          <x:t>82,607</x:t>
+          <x:t>83,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,646</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>82,915</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>