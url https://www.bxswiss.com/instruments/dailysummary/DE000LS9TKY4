--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbbfb6e7298e41fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43fda6b3d354131" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1caaa4fd499c4578"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d4b84fd01c49e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75db37afd27f4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1caaa4fd499c4578" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R467f8951912b49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d4b84fd01c49e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Growth und Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>82,101</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>