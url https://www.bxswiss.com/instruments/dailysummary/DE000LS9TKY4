--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd43fda6b3d354131" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d2b9450da14ae1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d4b84fd01c49e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6028709725476b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R467f8951912b49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d4b84fd01c49e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fbaa9eebc9a454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6028709725476b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Growth und Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>