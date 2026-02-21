--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d2b9450da14ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra526e07fbb114055" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6028709725476b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8091f2e8edbc42d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fbaa9eebc9a454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6028709725476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb35d72ca8b942ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8091f2e8edbc42d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High-Growth und Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,141</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>