--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ff5dde7af584cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd5d50892d346e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19e918ce8d9a4df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90cbbc12f5b2484b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d85988df7f549a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19e918ce8d9a4df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re48a1911229a4420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90cbbc12f5b2484b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Event Investing and Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>