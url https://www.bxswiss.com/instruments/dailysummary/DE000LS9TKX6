--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd5d50892d346e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a95991270c4b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90cbbc12f5b2484b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0498c0ad7267432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re48a1911229a4420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90cbbc12f5b2484b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3750b03cfe574b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0498c0ad7267432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Event Investing and Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,539</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>