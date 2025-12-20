--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a95991270c4b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c2d21f77124411" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0498c0ad7267432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8dae2eed00b4430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3750b03cfe574b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0498c0ad7267432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f10a509f0cb4bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8dae2eed00b4430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Event Investing and Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...301 lines deleted...]
-          <x:t>177,948</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,290</x:t>
-[...328 lines deleted...]
-          <x:t>174,959</x:t>
+          <x:t>180,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>