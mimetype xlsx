--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64c2d21f77124411" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eca3f3d8a1e4e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8dae2eed00b4430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7778ec2307e44425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f10a509f0cb4bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8dae2eed00b4430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9871986855da4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7778ec2307e44425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Event Investing and Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>