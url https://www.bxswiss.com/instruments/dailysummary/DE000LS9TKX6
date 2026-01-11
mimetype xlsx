--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eca3f3d8a1e4e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc1174764a64eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7778ec2307e44425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58a019faf73b456a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9871986855da4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7778ec2307e44425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ffcd7272064d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58a019faf73b456a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Event Investing and Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>