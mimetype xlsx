--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc1174764a64eee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9510fa53ec24971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58a019faf73b456a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aae812bcd3f46da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87ffcd7272064d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58a019faf73b456a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc20aefc2f1f4e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aae812bcd3f46da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Event Investing and Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>187,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>