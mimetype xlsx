--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9510fa53ec24971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a51d31b48a42a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aae812bcd3f46da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e22390b23684fab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc20aefc2f1f4e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aae812bcd3f46da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83bbbdf85a44e65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e22390b23684fab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Event Investing and Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>