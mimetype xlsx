--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39f63eab280143f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e3733e3c9443d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde9a63fab28e4780"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0253e55ed974973"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ff7bd6f44674b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde9a63fab28e4780" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf088a714414444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0253e55ed974973" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>120,945</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>