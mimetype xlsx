--- v1 (2025-12-20)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67e3733e3c9443d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41168dabd9b443bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0253e55ed974973"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf33d5007296b4972"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf088a714414444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0253e55ed974973" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50aed7d99ab9416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf33d5007296b4972" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>