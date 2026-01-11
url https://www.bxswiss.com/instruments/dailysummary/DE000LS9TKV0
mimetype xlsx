--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41168dabd9b443bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31752109a9c64a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf33d5007296b4972"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R022b02136f7f4d1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50aed7d99ab9416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf33d5007296b4972" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef3a149028a41af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R022b02136f7f4d1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>