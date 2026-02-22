--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31752109a9c64a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe104a0b436b455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R022b02136f7f4d1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dd87dd374ed4cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfef3a149028a41af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R022b02136f7f4d1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13158c13824a4319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dd87dd374ed4cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,448</x:t>
-[...63 lines deleted...]
-          <x:t>124,683</x:t>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>