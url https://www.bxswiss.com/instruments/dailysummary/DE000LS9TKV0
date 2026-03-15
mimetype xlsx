--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe104a0b436b455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a057c64efbb4d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dd87dd374ed4cb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R056db43093f54711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13158c13824a4319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dd87dd374ed4cb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb499757395084265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R056db43093f54711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Performance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>125,519</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,418</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>124,460</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>