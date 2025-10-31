--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43ff70e13f49420e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b2e92175149469e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3105a8aa450347e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8353caacc24915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb277943fc5024605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3105a8aa450347e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c9aa997e934031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8353caacc24915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next-Gen Energy and Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...131 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>