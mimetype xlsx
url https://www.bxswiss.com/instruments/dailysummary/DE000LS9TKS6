--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b2e92175149469e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ac2b6fcbbe74f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8353caacc24915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra785254b1aa04b5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c9aa997e934031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8353caacc24915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114e70e5b70846c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra785254b1aa04b5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next-Gen Energy and Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,353 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>