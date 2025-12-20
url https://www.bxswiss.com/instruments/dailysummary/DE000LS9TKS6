--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ac2b6fcbbe74f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ccf3e70c394f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra785254b1aa04b5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d91944ae0b48c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114e70e5b70846c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra785254b1aa04b5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R867b43733e114fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d91944ae0b48c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next-Gen Energy and Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,353 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...272 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>