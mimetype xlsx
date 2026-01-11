--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ccf3e70c394f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34b3f10416e4a81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d91944ae0b48c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa52a3717e043de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R867b43733e114fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d91944ae0b48c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a9275d551574ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa52a3717e043de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next-Gen Energy and Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>