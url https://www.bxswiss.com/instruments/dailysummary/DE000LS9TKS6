--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34b3f10416e4a81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2463a483ad6a4343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa52a3717e043de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R446a7aa7b22f4405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a9275d551574ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa52a3717e043de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d638a96565f48d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R446a7aa7b22f4405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next-Gen Energy and Mobility</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>160,333</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>