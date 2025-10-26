--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b1ac0aa95f4d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84cbd46c3bc74b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa1a998a3744431"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R986460a125f440c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1755f5ed8b504cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa1a998a3744431" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb87b0f8c8a344996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R986460a125f440c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JC VALUE AND GROWTH STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>