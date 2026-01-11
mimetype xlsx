--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84cbd46c3bc74b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a43167d66d4bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R986460a125f440c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f789f7611014180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb87b0f8c8a344996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R986460a125f440c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re865fb7273e4449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f789f7611014180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JC VALUE AND GROWTH STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>156,240</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>