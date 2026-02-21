--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a43167d66d4bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a5c88d021d490d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f789f7611014180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c43f7a729ab4c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re865fb7273e4449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f789f7611014180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f96d7c8d8664c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c43f7a729ab4c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JC VALUE AND GROWTH STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>184,565</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>