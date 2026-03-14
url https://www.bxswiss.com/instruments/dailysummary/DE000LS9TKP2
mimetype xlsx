--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a5c88d021d490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re605dffb86844e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c43f7a729ab4c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bfd5ffe1bfa4f9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f96d7c8d8664c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c43f7a729ab4c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f11e1ad7cc4776" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bfd5ffe1bfa4f9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JC VALUE AND GROWTH STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>