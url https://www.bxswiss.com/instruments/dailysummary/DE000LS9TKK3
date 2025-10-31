--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac5d54450c894e98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462b5f97f61c4c05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R456d3fdc63234da5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d8bfcc30584c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1637a679ea68411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R456d3fdc63234da5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1411fca846fa4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d8bfcc30584c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Europawerte im Faktormodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,968</x:t>
-[...414 lines deleted...]
-          <x:t>125,626</x:t>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>