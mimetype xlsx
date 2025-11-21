--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462b5f97f61c4c05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfe263638d1e4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d8bfcc30584c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c4c29ce3f04f48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1411fca846fa4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d8bfcc30584c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R357cecee82d347da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c4c29ce3f04f48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Europawerte im Faktormodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>