--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfe263638d1e4862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc614340ff55245bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c4c29ce3f04f48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5afda59fef4e480d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R357cecee82d347da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c4c29ce3f04f48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5547554bc34796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5afda59fef4e480d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Europawerte im Faktormodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>