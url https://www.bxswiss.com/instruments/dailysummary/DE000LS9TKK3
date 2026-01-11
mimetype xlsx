--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc614340ff55245bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa7cda410db241bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5afda59fef4e480d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf88db5f8aa144ec1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5547554bc34796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5afda59fef4e480d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff39943eef049f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf88db5f8aa144ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Europawerte im Faktormodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>125,697</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>125,560</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>