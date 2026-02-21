--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa7cda410db241bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3887b41823d743e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf88db5f8aa144ec1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re65ba31b116846c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff39943eef049f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf88db5f8aa144ec1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35c9f87a108a4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re65ba31b116846c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Europawerte im Faktormodell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,696</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>