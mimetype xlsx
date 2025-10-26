--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f3fdebdd26a408d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9811a99a948457c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41fae9e12be64ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd6de73d3e44c53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5ac7c5ca137405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41fae9e12be64ac0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46128176764e4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd6de73d3e44c53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cash Flow 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>63,654</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>63,101</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,119</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>62,346</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>