--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9811a99a948457c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9466164ace4b4e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cd6de73d3e44c53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd16a14c67514dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46128176764e4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cd6de73d3e44c53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1257101414af4c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd16a14c67514dc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cash Flow 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>61,995</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>