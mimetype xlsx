--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9466164ace4b4e30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff10dcc334946cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd16a14c67514dc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3122a9d017ef4af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1257101414af4c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd16a14c67514dc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf203c3ea66b1458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3122a9d017ef4af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cash Flow 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>