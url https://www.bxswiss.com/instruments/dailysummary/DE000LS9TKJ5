--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff10dcc334946cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4a85dff4524e23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3122a9d017ef4af9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb58f8f1f6684045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf203c3ea66b1458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3122a9d017ef4af9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193df0bd87134fdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb58f8f1f6684045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cash Flow 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,435</x:t>
-[...107 lines deleted...]
-          <x:t>55,567</x:t>
+          <x:t>55,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,535</x:t>
-[...26 lines deleted...]
-          <x:t>56,525</x:t>
+          <x:t>54,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>