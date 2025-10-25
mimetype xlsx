--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7804c5f42cf5481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ef7655aaf1a427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra124179042ae4e88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78b1426542a74990"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b83dfef5264b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra124179042ae4e88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R910834b89f3c4167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78b1426542a74990" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>