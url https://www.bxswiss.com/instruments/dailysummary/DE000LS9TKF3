--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ef7655aaf1a427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb5d8a5428b4eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78b1426542a74990"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R078d64a950f746cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R910834b89f3c4167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78b1426542a74990" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597f6a6e308d4bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R078d64a950f746cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>136,117</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>