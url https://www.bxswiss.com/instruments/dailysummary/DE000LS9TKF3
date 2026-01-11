--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb5d8a5428b4eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d6068fab3954af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R078d64a950f746cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d47fecc0ca24e18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597f6a6e308d4bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R078d64a950f746cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcd6f721e434dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d47fecc0ca24e18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>