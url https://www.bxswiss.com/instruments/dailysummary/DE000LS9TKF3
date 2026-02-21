--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d6068fab3954af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39af68f3344745e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d47fecc0ca24e18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7592bbc9836448bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcd6f721e434dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d47fecc0ca24e18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d369a7680ff4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7592bbc9836448bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>123,526</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,725</x:t>
-[...269 lines deleted...]
-          <x:t>128,676</x:t>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>