--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39af68f3344745e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52e0313f4824d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7592bbc9836448bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf20c185587b4a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d369a7680ff4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7592bbc9836448bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f80d5d3d7f43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf20c185587b4a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,945</x:t>
-[...399 lines deleted...]
-          <x:t>121,295</x:t>
+          <x:t>122,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,545</x:t>
-[...85 lines deleted...]
-          <x:t>123,504</x:t>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>