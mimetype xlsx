--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R386d88a13c584857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175fa7c0688541e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad305aee7b95452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf862ca5c267749fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc2bd2eec66c4faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad305aee7b95452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7e05ce2fd34495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf862ca5c267749fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>82,699</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>86,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>