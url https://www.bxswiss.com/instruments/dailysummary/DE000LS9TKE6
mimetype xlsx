--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175fa7c0688541e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra301044631264409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf862ca5c267749fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85fd40e356ba433d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c7e05ce2fd34495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf862ca5c267749fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf01d70d874e445d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85fd40e356ba433d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>