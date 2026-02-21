--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra301044631264409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2366459bd25b4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85fd40e356ba433d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd27bff86fba74d8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf01d70d874e445d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85fd40e356ba433d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2dae73b3f6e4e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd27bff86fba74d8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>88,136</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>