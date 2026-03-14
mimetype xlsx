--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2366459bd25b4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea085aad0af45f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd27bff86fba74d8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62c8309000d547b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2dae73b3f6e4e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd27bff86fba74d8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff5377200f3400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62c8309000d547b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pinchas Top 20 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,944</x:t>
-[...387 lines deleted...]
-          <x:t>92,368</x:t>
+          <x:t>89,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>