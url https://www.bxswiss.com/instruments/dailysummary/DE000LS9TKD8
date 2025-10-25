--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c177eae5e849d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read5ef89a59a4170" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0127b8b650c241ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53eb1426f834d30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R723a412b50334227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0127b8b650c241ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67d848f53fa4cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53eb1426f834d30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMARAGD Growth-Aktien-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>