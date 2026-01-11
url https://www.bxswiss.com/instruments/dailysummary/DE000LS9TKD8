--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read5ef89a59a4170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c9268be8b634f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53eb1426f834d30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5252f253c3a643c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67d848f53fa4cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53eb1426f834d30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46488bc5af5c43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5252f253c3a643c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMARAGD Growth-Aktien-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,424 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,821</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>