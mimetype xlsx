--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c9268be8b634f2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R607dd1a4fa684056" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5252f253c3a643c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b558db20c543a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46488bc5af5c43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5252f253c3a643c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ca168009f04d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b558db20c543a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMARAGD Growth-Aktien-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,424 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...391 lines deleted...]
-          <x:t>82,335</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>