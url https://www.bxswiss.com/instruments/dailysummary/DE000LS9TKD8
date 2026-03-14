--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R607dd1a4fa684056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0459ccb103e4ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b558db20c543a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba830d4fd1b3416f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98ca168009f04d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b558db20c543a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d799f21c57f44d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba830d4fd1b3416f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMARAGD Growth-Aktien-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TKD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>