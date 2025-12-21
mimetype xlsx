--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce1f0fc3d0e24406" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R295fea70dc664f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fcdda8911f54d2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R351513e659c84a9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8314100e32429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fcdda8911f54d2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf70048f0deb04203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R351513e659c84a9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortune Best Employers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>118,482</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,071</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>116,517</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>