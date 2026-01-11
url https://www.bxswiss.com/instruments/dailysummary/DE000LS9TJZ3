--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R295fea70dc664f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859befc0ec2f4953" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R351513e659c84a9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd03c80b11940ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf70048f0deb04203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R351513e659c84a9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8508172a975947ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd03c80b11940ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortune Best Employers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>