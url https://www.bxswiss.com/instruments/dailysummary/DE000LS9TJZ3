--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859befc0ec2f4953" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0ca1ffc3a14fca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd03c80b11940ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb97a0886fc54c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8508172a975947ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd03c80b11940ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569f0ff2d20b4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb97a0886fc54c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortune Best Employers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,190</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>