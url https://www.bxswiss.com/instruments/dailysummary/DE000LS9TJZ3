--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0ca1ffc3a14fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf86d8bb50044f1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb97a0886fc54c0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33beb2a875444467"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569f0ff2d20b4d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb97a0886fc54c0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4474a1cef455499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33beb2a875444467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fortune Best Employers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>