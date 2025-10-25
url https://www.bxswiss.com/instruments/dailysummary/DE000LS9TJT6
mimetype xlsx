--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a7924ccfb7745ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R910ac3719d2b45fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac7f642a5d7148ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4efa148c32743b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f986f267d1f4470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac7f642a5d7148ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ccbb0130114922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4efa148c32743b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien_Entsorgung_Recycling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>