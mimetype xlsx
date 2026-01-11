--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R910ac3719d2b45fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7b2bcf433394401" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4efa148c32743b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7172dac3d6347cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ccbb0130114922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4efa148c32743b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124885839b724f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7172dac3d6347cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien_Entsorgung_Recycling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,241</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>