--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7b2bcf433394401" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3af8d857ff4681" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7172dac3d6347cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re730cea009b24439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R124885839b724f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7172dac3d6347cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20c60c98e438411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re730cea009b24439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien_Entsorgung_Recycling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>159,669</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,317</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>164,613</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>