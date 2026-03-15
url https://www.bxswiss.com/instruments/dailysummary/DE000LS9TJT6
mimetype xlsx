--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b3af8d857ff4681" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1b27aeb0c3479c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re730cea009b24439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2823d617ef1c4be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20c60c98e438411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re730cea009b24439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R080271157a4941e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2823d617ef1c4be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien_Entsorgung_Recycling</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,195</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>