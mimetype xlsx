--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd25d1e4c96462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2de779d79ca4b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc2de6574484bd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R337bf28f996c4131"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267aaff731624707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc2de6574484bd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05a48454e57407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R337bf28f996c4131" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cigar Butt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,064</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>