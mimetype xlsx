--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2de779d79ca4b64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec3ef09f650843a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R337bf28f996c4131"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e8a991e5b24b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05a48454e57407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R337bf28f996c4131" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda31bd2ad134639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e8a991e5b24b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cigar Butt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,435</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>