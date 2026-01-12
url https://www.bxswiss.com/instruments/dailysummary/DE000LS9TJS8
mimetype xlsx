--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec3ef09f650843a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1daf271b7b804030" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e8a991e5b24b8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R816087a12c6b4804"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda31bd2ad134639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e8a991e5b24b8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4f5058127948a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R816087a12c6b4804" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cigar Butt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>