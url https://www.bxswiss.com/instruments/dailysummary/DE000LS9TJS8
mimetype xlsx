--- v3 (2026-01-12)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1daf271b7b804030" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15fac08beb3f4927" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R816087a12c6b4804"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49c58fcd4bb54083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4f5058127948a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R816087a12c6b4804" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R287817540e3a4a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49c58fcd4bb54083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cigar Butt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>114,919</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>