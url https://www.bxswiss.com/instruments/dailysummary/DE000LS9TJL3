--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf325b6b18894645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf21b8d68c760486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6a03c8c654d46e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30866814b48940f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff8f263d1f74fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6a03c8c654d46e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00220d4dd6f343d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30866814b48940f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlauesHufeisen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>