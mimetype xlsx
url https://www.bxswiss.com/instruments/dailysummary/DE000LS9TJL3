--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf21b8d68c760486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71319f70b69244a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30866814b48940f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb6b7ab81fe4434"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00220d4dd6f343d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30866814b48940f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebe0fc21c3d74a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb6b7ab81fe4434" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlauesHufeisen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>180,612</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>