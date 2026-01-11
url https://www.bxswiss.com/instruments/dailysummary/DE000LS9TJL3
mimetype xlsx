--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71319f70b69244a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c13c6def822438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb6b7ab81fe4434"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804ffe289b8a4db6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebe0fc21c3d74a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb6b7ab81fe4434" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c49165e64e49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804ffe289b8a4db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlauesHufeisen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,534</x:t>
-[...521 lines deleted...]
-        <x:is>
           <x:t>176,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>