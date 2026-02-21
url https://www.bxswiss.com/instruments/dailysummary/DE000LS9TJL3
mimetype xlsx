--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c13c6def822438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff60b32225241cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804ffe289b8a4db6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c6d1d044deb4895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2c49165e64e49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804ffe289b8a4db6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd092ce66e1e94f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c6d1d044deb4895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlauesHufeisen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>175,853</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>