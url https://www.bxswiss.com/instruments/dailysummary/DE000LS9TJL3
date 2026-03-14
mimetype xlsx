--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff60b32225241cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R705333e414264c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c6d1d044deb4895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9afc0ffab7d4485"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd092ce66e1e94f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c6d1d044deb4895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06650b46e3c14a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9afc0ffab7d4485" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlauesHufeisen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9TJL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>171,848</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>