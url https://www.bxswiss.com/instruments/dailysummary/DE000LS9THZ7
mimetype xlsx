--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ef490a60344e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51462e7b6b9e4e85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07ce3bcadac4ebe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1741db9a26a64a76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84bf43892629478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07ce3bcadac4ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb190dcaedb344b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1741db9a26a64a76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legitimate Growth Enterprises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>