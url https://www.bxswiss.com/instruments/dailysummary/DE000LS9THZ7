--- v1 (2025-11-16)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51462e7b6b9e4e85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15eb30e506a3472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1741db9a26a64a76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb27576a31704479a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb190dcaedb344b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1741db9a26a64a76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194f59d8437c4249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb27576a31704479a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legitimate Growth Enterprises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>135,142</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>