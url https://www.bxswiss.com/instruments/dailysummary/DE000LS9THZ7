--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15eb30e506a3472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523b4d5b104b4b50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb27576a31704479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc45d17df7484432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194f59d8437c4249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb27576a31704479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47d007caa554f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc45d17df7484432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legitimate Growth Enterprises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>