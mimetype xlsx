--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R523b4d5b104b4b50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d5223403194977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc45d17df7484432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdabb0493c6684f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47d007caa554f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc45d17df7484432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc678a35c44d46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdabb0493c6684f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legitimate Growth Enterprises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,685</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>