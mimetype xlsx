--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d5223403194977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra97cf8b1083048d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdabb0493c6684f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda45dea35e9540ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc678a35c44d46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdabb0493c6684f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc807052b1684cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda45dea35e9540ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legitimate Growth Enterprises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>