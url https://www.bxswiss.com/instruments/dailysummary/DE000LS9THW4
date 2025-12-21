--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43f8ed0864a42cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re148ee51ee4949ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f41c1e75454cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6f53fab43e249f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1032a3de21da4a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f41c1e75454cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0f27c56b42a40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6f53fab43e249f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top World Healthcare Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>96,370</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,488</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>95,788</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>