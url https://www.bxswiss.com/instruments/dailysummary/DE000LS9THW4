--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re148ee51ee4949ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa3908be3ce4d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6f53fab43e249f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ecd90180ea4e04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0f27c56b42a40f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6f53fab43e249f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb871c4b5224e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ecd90180ea4e04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top World Healthcare Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>