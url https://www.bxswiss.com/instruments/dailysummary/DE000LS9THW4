--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfa3908be3ce4d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f3c71365b840d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ecd90180ea4e04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d16f9b2fc414577"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb871c4b5224e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ecd90180ea4e04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33807eef55bc4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d16f9b2fc414577" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top World Healthcare Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,215</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>