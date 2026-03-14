--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f3c71365b840d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde98412fd18f4c9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d16f9b2fc414577"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de06e481c304219"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33807eef55bc4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d16f9b2fc414577" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db417cedd624bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de06e481c304219" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top World Healthcare Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9THW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,324</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>